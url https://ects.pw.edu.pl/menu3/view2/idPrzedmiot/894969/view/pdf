--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -802,51 +802,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć, test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1232,121 +1232,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić analizy technologiczności kształtu brył za pomocą narzędzi w danym systemie 3D CAD i 3D CAM oraz umie opracować program obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>