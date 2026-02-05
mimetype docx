--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -1012,271 +1012,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W20, KMiBM_W17, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę na temat oprogramowania 3D CAD do analizy dokładności odwzorowania geometrii, do tworzenia map odchyłek i analizy tolerancji kształtu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę na temat oprogramowania 3D CAD do analizy dokładności odwzorowania geometrii, do tworzenia map odchyłek i analizy tolerancji kształtu.</w:t>
+        <w:t xml:space="preserve">Student potrafi opracowywać (w danym systemie 3D CAD) siatkę trójkątów STL o zadanych parametrach z modelu bryłowego (i modeli bryłowych) oraz zaprogramować drukarkę 3D w technologii FDM/FFF</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) powierzchnie NURBS na podstawie siatki trójkątów oraz przeprowadzić analizę dokładności odwzorowania geometrii .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>