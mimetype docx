--- v2 (2026-02-05)
+++ v3 (2026-03-21)
@@ -872,551 +872,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć, test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę na temat materiałów modelowych (wytrzymałości mechanicznej i termicznej, zastosowaniach, ograniczeniach) stosowanych w technikach przyrostowych SL/DLP, FDM/FFF LOM, MJM/PJM i SLS/SLM/DMLS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć, test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę na temat materiałów modelowych (wytrzymałości mechanicznej i termicznej, zastosowaniach, ograniczeniach) stosowanych w technikach przyrostowych SL/DLP, FDM/FFF LOM, MJM/PJM i SLS/SLM/DMLS.</w:t>
+        <w:t xml:space="preserve">Student posiada wiedzę na temat budowy i zasady działania skanerów 3D oraz modelowania siatek trójkątów z chmur punktów, a z potem uzyskiwania z nich powierzchni NURBS w wybranych systemach 3D CAD. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć, test</w:t>
+        <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę na temat budowy i zasady działania skanerów 3D oraz modelowania siatek trójkątów z chmur punktów, a z potem uzyskiwania z nich powierzchni NURBS w wybranych systemach 3D CAD. </w:t>
+        <w:t xml:space="preserve">Student posiada wiedzę na temat oprogramowania 3D CAD do analizy dokładności odwzorowania geometrii, do tworzenia map odchyłek i analizy tolerancji kształtu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi opracowywać (w danym systemie 3D CAD) siatkę trójkątów STL o zadanych parametrach z modelu bryłowego (i modeli bryłowych) oraz zaprogramować drukarkę 3D w technologii FDM/FFF</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W20, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę na temat oprogramowania 3D CAD do analizy dokładności odwzorowania geometrii, do tworzenia map odchyłek i analizy tolerancji kształtu.</w:t>
+        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) powierzchnie NURBS na podstawie siatki trójkątów oraz przeprowadzić analizę dokładności odwzorowania geometrii .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi opracowywać (w danym systemie 3D CAD) siatkę trójkątów STL o zadanych parametrach z modelu bryłowego (i modeli bryłowych) oraz zaprogramować drukarkę 3D w technologii FDM/FFF</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić analizy technologiczności kształtu brył za pomocą narzędzi w danym systemie 3D CAD i 3D CAM oraz umie opracować program obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć.</w:t>
+        <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) powierzchnie NURBS na podstawie siatki trójkątów oraz przeprowadzić analizę dokładności odwzorowania geometrii .</w:t>
+        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) siatkę trójkątów z chmury punktów oraz przeprowadzić analizę dokładności odwzorowania geometrii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego przez studenta zadania w ramach zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>