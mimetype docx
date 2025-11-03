--- v0 (2025-11-02)
+++ v1 (2025-11-03)
@@ -987,51 +987,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>