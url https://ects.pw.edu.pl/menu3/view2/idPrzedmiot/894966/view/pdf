--- v1 (2025-11-03)
+++ v2 (2026-01-12)
@@ -767,271 +767,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBAMR-IZP-0406_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o kryteriach projektowania układów napędowych maszyn roboczych, wynikających z analizy możliwości ich zastosowań. Zna zasady określania i wyznaczania obciążeń eksploatacyjnych i ich efektów, niezbędnych do projektowania przekładni planetarnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBAMR-IZP-0406_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBAMR-IZP-0406_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o kryteriach projektowania układów napędowych maszyn roboczych, wynikających z analizy możliwości ich zastosowań. Zna zasady określania i wyznaczania obciążeń eksploatacyjnych i ich efektów, niezbędnych do projektowania przekładni planetarnych.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przepływ mocy przez przekładnie planetarne i sprawności złożonych układów napędowych maszyn roboczych. Potrafi wyznaczyć moc krążącą w przekładni i wynikające z tego obciążenia elementów  konstrukcyjnych układów napędowych, wymagane dla rozważanego sposobu uszkodzenia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBAMR-IZP-0406_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBAMR-IZP-0406_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć przepływ mocy przez przekładnie planetarne i sprawności złożonych układów napędowych maszyn roboczych. Potrafi wyznaczyć moc krążącą w przekładni i wynikające z tego obciążenia elementów  konstrukcyjnych układów napędowych, wymagane dla rozważanego sposobu uszkodzenia. </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizy wymagane do udowodnienia rozważanych kryteriów projektowych przekładni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>