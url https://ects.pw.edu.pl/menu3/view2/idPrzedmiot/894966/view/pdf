--- v2 (2026-01-12)
+++ v3 (2026-02-05)
@@ -767,51 +767,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1067,51 +1067,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie dyskusji na wykładzie i ocena kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_K02, KMiBM_K03, KMiBM_K05</w:t>
+        <w:t xml:space="preserve">KMiBM_K03, KMiBM_K05, KMiBM_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>