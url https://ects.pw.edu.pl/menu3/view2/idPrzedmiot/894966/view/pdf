--- v3 (2026-02-05)
+++ v4 (2026-02-27)
@@ -767,351 +767,351 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBAMR-IZP-0406_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o kryteriach projektowania układów napędowych maszyn roboczych, wynikających z analizy możliwości ich zastosowań. Zna zasady określania i wyznaczania obciążeń eksploatacyjnych i ich efektów, niezbędnych do projektowania przekładni planetarnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBAMR-IZP-0406_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBAMR-IZP-0406_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o kryteriach projektowania układów napędowych maszyn roboczych, wynikających z analizy możliwości ich zastosowań. Zna zasady określania i wyznaczania obciążeń eksploatacyjnych i ich efektów, niezbędnych do projektowania przekładni planetarnych.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przepływ mocy przez przekładnie planetarne i sprawności złożonych układów napędowych maszyn roboczych. Potrafi wyznaczyć moc krążącą w przekładni i wynikające z tego obciążenia elementów  konstrukcyjnych układów napędowych, wymagane dla rozważanego sposobu uszkodzenia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBAMR-IZP-0406_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizy wymagane do udowodnienia rozważanych kryteriów projektowych przekładni.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBAMR-IZP-0406_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBAMR-IZP-0406_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć przepływ mocy przez przekładnie planetarne i sprawności złożonych układów napędowych maszyn roboczych. Potrafi wyznaczyć moc krążącą w przekładni i wynikające z tego obciążenia elementów  konstrukcyjnych układów napędowych, wymagane dla rozważanego sposobu uszkodzenia. </w:t>
+        <w:t xml:space="preserve">Umie pracować indywidualnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie dyskusji na wykładzie i ocena kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_K03, KMiBM_K05, KMiBM_K02</w:t>
+        <w:t xml:space="preserve">KMiBM_K02, KMiBM_K03, KMiBM_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>