--- v0 (2025-11-01)
+++ v1 (2026-02-04)
@@ -1185,51 +1185,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadawanie, kilkakrotnie w trakcie zajęć, pytań kontrolnych indywidualnych i do całej grupy studentów, sprawdzających stopień zrozumienia i zapamiętania przekazywanych informacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W07, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>