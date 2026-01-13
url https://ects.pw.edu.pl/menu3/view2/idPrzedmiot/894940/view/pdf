--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W12</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W20, KMiBM_W12, KMiBM_W17, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1191,51 +1191,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03</w:t>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>