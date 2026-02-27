--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W20, KMiBM_W12, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1191,51 +1191,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07</w:t>
+        <w:t xml:space="preserve">KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>