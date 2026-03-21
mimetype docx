--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W12, KMiBM_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1191,51 +1191,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1261,51 +1261,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11</w:t>
+        <w:t xml:space="preserve">KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>