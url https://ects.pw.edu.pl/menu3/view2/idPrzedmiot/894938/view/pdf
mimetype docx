--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -754,261 +754,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0309_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę o rodzajach elementów skończonych - aproksymacja liniowa i kwadratowa, oraz o ich wpływie na uzyskiwaną dokładność wyników analiz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0309_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zasady określania i wyznaczania obciążeń i warunków brzegowych elementów maszyn w formie wymaganej przez system MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0309_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe zasady weryfikacji modeli MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>