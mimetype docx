--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -894,121 +894,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0309_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe zasady weryfikacji modeli MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>