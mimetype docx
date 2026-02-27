--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -894,51 +894,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1324,51 +1324,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
+        <w:t xml:space="preserve">KMiBM_U02, KMiBM_U03, KMiBM_U16, KMiBM_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>