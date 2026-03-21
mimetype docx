--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -1254,121 +1254,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U01, KMiBM_U02, KMiBM_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0309_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury bryłowej z wykorzystaniem MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U02, KMiBM_U03, KMiBM_U16, KMiBM_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>