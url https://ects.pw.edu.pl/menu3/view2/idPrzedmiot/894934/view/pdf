--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -770,51 +770,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Osiągane przez studentów efekty kształcenia w zakresie wiedzy kontrolowane są przez kartkówkę wstępną (test) związany z tematyką odrabianego ćwiczenia, zadawanie pytań sprawdzających, czy studenci zrozumieli i zapamiętali przekazane im wiadomości, terminy, definicje i typowe algorytmy obliczeniowe przedstawione na wykładach, ćwiczeniach audytoryjnych oraz w zaleconej literaturze do samodzielnego przestudiowania w ramach pracy własnej. Prowadzona jest każdorazowo dyskusja dotycząca użytej strateg</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W09, KMiBM_W10, KMiBM_W11, KMiBM_W07</w:t>
+        <w:t xml:space="preserve">KMiBM_W07, KMiBM_W09, KMiBM_W10, KMiBM_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -855,51 +855,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Osiągane przez studentów efekty kształcenia w zakresie umiejętności kontrolowane są na bieżąco na kolejnych ćwiczeniach poprzez właściwe dobrane proste oraz nieco bardziej złożone pomiarowe zadnia inżynierskie. Oceniana jest umiejętność rozwiązywania problemów i zadań związanych z doborem narzędzi i metod pomiarowych, obsługi przyrządów, algorytmów postępowania oraz interpretacji uzyskanych wyników. Ocena końcowa (punktowa) ćwiczenia laboratoryjnego wystawiana przez prowadzącego podsumowuje indy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U12, KMiBM_U13, KMiBM_U19</w:t>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U12, KMiBM_U13, KMiBM_U19, KMiBM_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>