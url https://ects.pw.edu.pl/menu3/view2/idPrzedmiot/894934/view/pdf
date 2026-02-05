--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -855,51 +855,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Osiągane przez studentów efekty kształcenia w zakresie umiejętności kontrolowane są na bieżąco na kolejnych ćwiczeniach poprzez właściwe dobrane proste oraz nieco bardziej złożone pomiarowe zadnia inżynierskie. Oceniana jest umiejętność rozwiązywania problemów i zadań związanych z doborem narzędzi i metod pomiarowych, obsługi przyrządów, algorytmów postępowania oraz interpretacji uzyskanych wyników. Ocena końcowa (punktowa) ćwiczenia laboratoryjnego wystawiana przez prowadzącego podsumowuje indy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U12, KMiBM_U13, KMiBM_U19, KMiBM_U05</w:t>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U12, KMiBM_U13, KMiBM_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>