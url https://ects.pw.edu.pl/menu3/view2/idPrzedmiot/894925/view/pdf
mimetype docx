--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -1005,51 +1005,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W11, KMiBM_W04, KMiBM_W05</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1075,51 +1075,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
+        <w:t xml:space="preserve">KMiBM_W05, KMiBM_W06, KMiBM_W11, KMiBM_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>