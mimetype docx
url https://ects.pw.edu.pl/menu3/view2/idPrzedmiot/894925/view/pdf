--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -1225,51 +1225,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U08</w:t>
+        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U08, KMiBM_U03, KMiBM_U04, KMiBM_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>