--- v0 (2026-01-13)
+++ v1 (2026-02-07)
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -981,51 +981,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Egzamin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W05, KMiBM_W06, KMiBM_W01, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>