--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -769,191 +769,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0202_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o zagadnieniu skręcania prętów o przekrojach kołowych (siły wewnętrzne, naprężenia, przemieszczenia kątowe) w układach statycznie wyznaczalnych i  niewyznaczalnych. Potrafi wyznaczyć geometryczne charakterystyki przekroju. Ma  wiedzę o obliczeniach wytrzymałościowych i sztywnościowych prętów skręcanych o przekrojach kołowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0202_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0202_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o zagadnieniu skręcania prętów o przekrojach kołowych (siły wewnętrzne, naprężenia, przemieszczenia kątowe) w układach statycznie wyznaczalnych i  niewyznaczalnych. Potrafi wyznaczyć geometryczne charakterystyki przekroju. Ma  wiedzę o obliczeniach wytrzymałościowych i sztywnościowych prętów skręcanych o przekrojach kołowych.</w:t>
+        <w:t xml:space="preserve">Zna zasady wyznaczania sił wewnętrznych przy zginaniu prętów prostych i zakrzywionych. Ma wiedzę o wyznaczaniu naprężeń normalnych i stycznych przy zginaniu. Zna zagadnienie ścinanie technicznego. Ma podstawowa wiedzę o obliczeniach połączenia klejonego, nitowane, sworzniowego. Zna równanie osi ugiętej. Zna zasady i metody wyznaczania przemieszczenia w pręcie zginanym. Zna zasady obliczeń wytrzymałościowych i sztywnościowych na zginanie belek, ram płaskich – stytycznie wyznaczalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>