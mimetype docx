--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -1116,51 +1116,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1186,51 +1186,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U20, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>