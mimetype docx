--- v2 (2026-01-12)
+++ v3 (2026-02-05)
@@ -1046,121 +1046,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTRMR-ISP-0407_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wybrać parametry do monitorowania, dobrać systemy mechatroniczne (czujniki, komputery pokładowe, panele operatorskie) dla typowych maszyn (koparki, ładowarki, spychacze, żurawie, suwnice itp.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>