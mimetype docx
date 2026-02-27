--- v3 (2026-02-05)
+++ v4 (2026-02-27)
@@ -1046,51 +1046,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U15</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1116,51 +1116,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>