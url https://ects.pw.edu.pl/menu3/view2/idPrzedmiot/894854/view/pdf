--- v1 (2026-02-05)
+++ v2 (2026-03-21)
@@ -843,51 +843,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z przebiegu praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U24, KMchtr_U19, KMchtr_U21, KMchtr_U22, KMchtr_U23</w:t>
+        <w:t xml:space="preserve">KMchtr_U19, KMchtr_U21, KMchtr_U22, KMchtr_U23, KMchtr_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -926,51 +926,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z przebiegu praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_K01, KMchtr_K02, KMchtr_K03, KMchtr_K04, KMchtr_K05, KMchtr_K06</w:t>
+        <w:t xml:space="preserve">KMchtr_K06, KMchtr_K01, KMchtr_K02, KMchtr_K03, KMchtr_K04, KMchtr_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>