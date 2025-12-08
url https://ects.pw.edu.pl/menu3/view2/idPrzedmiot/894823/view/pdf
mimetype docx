--- v0 (2025-11-04)
+++ v1 (2025-12-08)
@@ -1097,51 +1097,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W03, KMChtr_W01, KMChtr_W02</w:t>
+        <w:t xml:space="preserve">KMChtr_W01, KMChtr_W02, KMChtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>