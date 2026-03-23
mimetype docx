--- v2 (2026-01-12)
+++ v3 (2026-03-23)
@@ -1247,401 +1247,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0201_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać prędkości i przyspieszenia punktu materialnego w ruchu złożonym (w tym przyspieszenie Coriolisa).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0201_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązywać zdania dynamiki ruchu względnego punktu materialnego i analizować równowagę względną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0201_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać energię kinetyczną ciała sztywnego korzystając z wzoru Koeniga.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0201_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wyznaczać reakcje dynamiczne w łożyskach wirującej bryły.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0201_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi budować równania ruchu układów mechanicznych korzystając z metody analitycznej równań Lagrange’a.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U03, KMchtr_U01</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>