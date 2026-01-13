--- v0 (2025-12-08)
+++ v1 (2026-01-13)
@@ -813,331 +813,331 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMChtr_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0188_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe metody stosowane w mechanice ogólnej i potrafi dobrać odpowiednią metodę do postawionego zdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W01, KMChtr_W02, KMChtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0188_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0188_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe metody stosowane w mechanice ogólnej i potrafi dobrać odpowiednią metodę do postawionego zdania.</w:t>
+        <w:t xml:space="preserve">Student potrafi wyjaśnić zjawiska o znaczeniu praktycznym występujące w mechanice ciał i mechanizmów, związane z równowagą lub ruchem tych układów, takie jak samohamowność, zakleszczanie, dwoistość utraty równowagi, statyczna niewyznaczalność, opory ruchu, zachowanie ruchu środka masy, zachowanie energii mechanicznej, swobodny spadek w polu grawitacyjnym etc.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W01, KMChtr_W02, KMChtr_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0188_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student rozumie związki przyczynowo-skutkowe w mechanice, wyrażone przez prawa mechaniki (warunki równowagi, prawa zmienności pędu, krętu i energii kinetycznej) i ma podstawową wiedzę umożliwiającą ich zastosowanie do rozwiązywania zadań praktycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W01, KMChtr_W02, KMChtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0188_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0188_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyjaśnić zjawiska o znaczeniu praktycznym występujące w mechanice ciał i mechanizmów, związane z równowagą lub ruchem tych układów, takie jak samohamowność, zakleszczanie, dwoistość utraty równowagi, statyczna niewyznaczalność, opory ruchu, zachowanie ruchu środka masy, zachowanie energii mechanicznej, swobodny spadek w polu grawitacyjnym etc.</w:t>
+        <w:t xml:space="preserve">Student potrafi zbudować model fizyczny realnego układu mechanicznego na potrzeby analizy statycznej lub dynamicznej w postawionym zadaniu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W01, KMChtr_W02, KMChtr_W03</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMChtr_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>