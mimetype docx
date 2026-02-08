--- v2 (2026-01-14)
+++ v3 (2026-02-08)
@@ -1093,51 +1093,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W01, KMChtr_W02, KMChtr_W03</w:t>
+        <w:t xml:space="preserve">KMChtr_W03, KMChtr_W01, KMChtr_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>