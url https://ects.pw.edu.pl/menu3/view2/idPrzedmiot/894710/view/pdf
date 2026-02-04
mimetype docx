--- v0 (2026-01-14)
+++ v1 (2026-02-04)
@@ -777,51 +777,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa przy sprawdzaniu pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W07, KMiBM_W08</w:t>
+        <w:t xml:space="preserve">KMiBM_W08, KMiBM_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1557,51 +1557,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U03, KMiBM_U15, KMiBM_U16</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>