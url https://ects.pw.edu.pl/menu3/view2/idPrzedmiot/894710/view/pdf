--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -777,51 +777,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa przy sprawdzaniu pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W08, KMiBM_W07</w:t>
+        <w:t xml:space="preserve">KMiBM_W07, KMiBM_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -987,87 +987,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa przy sprawdzaniu pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zasady wprowadzania obciążeń oraz definiowania warunków brzegowych w modelach MES konstrukcji cienkościennych o złożonych geometrycznie kształtach, modelowanych przy użyciu elementów powłokowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa przy sprawdzaniu pracy domowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady wprowadzania obciążeń oraz definiowania warunków brzegowych w modelach MES konstrukcji cienkościennych o złożonych geometrycznie kształtach, modelowanych przy użyciu elementów powłokowych.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe metody rozwiązywania zagadnień nieliniowych stosowane w systemach MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa przy sprawdzaniu pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1086,58 +1156,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe metody rozwiązywania zagadnień nieliniowych stosowane w systemach MES.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe zasady modelowania zagadnień kontaktowych w modelach bryłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa przy sprawdzaniu pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1156,58 +1226,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe zasady modelowania zagadnień kontaktowych w modelach bryłowych.</w:t>
+        <w:t xml:space="preserve">Student zna zasady oceny naprężeń w układach lokalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa przy sprawdzaniu pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1226,58 +1296,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady oceny naprężeń w układach lokalnych.</w:t>
+        <w:t xml:space="preserve">Student potrafi dokonać oceny wytężenia konstrukcji złożonej konstrukcji cienkościennej z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa przy sprawdzaniu pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1288,216 +1358,216 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_W9: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dokonać oceny wytężenia konstrukcji złożonej konstrukcji cienkościennej z wykorzystaniem MES.</w:t>
+        <w:t xml:space="preserve">Student potrafi przygotować model geometryczny do dyskretyzacji. Potrafi dokonać podział geometrii na odpowiednie powierzchnie. Rozumie znaczenie szczegółów (promienie, fazy, zmiany grubości) i potrafi je odpowiednio uwzględnić w modelu powłokowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozmowa przy sprawdzaniu pracy domowej</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przygotować model geometryczny do dyskretyzacji. Potrafi dokonać podział geometrii na odpowiednie powierzchnie. Rozumie znaczenie szczegółów (promienie, fazy, zmiany grubości) i potrafi je odpowiednio uwzględnić w modelu powłokowym.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać analizę sił krytycznych oraz częstości drgań własnych  złożonej struktury z wykorzystaniem różnych modeli MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykonać analizę sił krytycznych oraz częstości drgań własnych  złożonej struktury z wykorzystaniem różnych modeli MES.</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętności praktycznego wykorzystania systemów MES w analizie stanu naprężenia wokół koncentratora. Potrafi dokonać optymalizacji zadania MES pod względem liczby elementów, rodzaju elementów (funkcje kształtu) oraz jakości siatki (deformacja siatki i jej wpływ na wyniki analiz).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1516,58 +1586,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada umiejętności praktycznego wykorzystania systemów MES w analizie stanu naprężenia wokół koncentratora. Potrafi dokonać optymalizacji zadania MES pod względem liczby elementów, rodzaju elementów (funkcje kształtu) oraz jakości siatki (deformacja siatki i jej wpływ na wyniki analiz).</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać odpowiednie parametry oraz wykonać nieliniową statyczną analizę stanu wytężenia i deformacji struktury cienkościennej wykonanej z materiału o nieliniowej charakterystyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1586,162 +1656,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać odpowiednie parametry oraz wykonać nieliniową statyczną analizę stanu wytężenia i deformacji struktury cienkościennej wykonanej z materiału o nieliniowej charakterystyce.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać analizę wzajemnego oddziaływania części w strukturach cienkościennych (zadanie kontaktowe) z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>