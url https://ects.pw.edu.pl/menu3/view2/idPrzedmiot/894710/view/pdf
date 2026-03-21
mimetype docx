--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -987,51 +987,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa przy sprawdzaniu pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1697,51 +1697,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1847,51 +1847,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_K01, KMiBM_K02, KMiBM_K03</w:t>
+        <w:t xml:space="preserve">KMiBM_K02, KMiBM_K03, KMiBM_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>