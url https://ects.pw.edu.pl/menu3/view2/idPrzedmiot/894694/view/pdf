--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -749,87 +749,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W20, KMiBM_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych technikach projektowania struktur nadwozi w praktyce inżynierskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o współczesnych technikach projektowania struktur nadwozi w praktyce inżynierskiej.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe etapy projektowania struktur energochłonnych pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -848,128 +918,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe etapy projektowania struktur energochłonnych pojazdów.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe właściwości materiałów konstrukcyjnych wykorzystywanych do tworzenia struktur energochłonnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe właściwości materiałów konstrukcyjnych wykorzystywanych do tworzenia struktur energochłonnych.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe kryteria wytrzymałościowe umożliwiające ocenę jakości  projektu struktury energochłonnej.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -980,146 +1050,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe kryteria wytrzymałościowe umożliwiające ocenę jakości  projektu struktury energochłonnej.  </w:t>
+        <w:t xml:space="preserve">Potrafi sformułować stosowne kryteria projektowe dla danego etapu projektowania nadwozia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sformułować stosowne kryteria projektowe dla danego etapu projektowania nadwozia.</w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować realizację obliczeń struktury energochłonnej nadwozia pojazdu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1138,162 +1208,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaplanować realizację obliczeń struktury energochłonnej nadwozia pojazdu</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać parametry struktury energochłonnej nadwozia, spełniające kryteria procesu homologacyjnego pojazdu.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>