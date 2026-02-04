--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -749,51 +749,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W20, KMiBM_W19</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -819,87 +819,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe etapy projektowania struktur energochłonnych pojazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe etapy projektowania struktur energochłonnych pojazdów.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe właściwości materiałów konstrukcyjnych wykorzystywanych do tworzenia struktur energochłonnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -918,58 +988,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe właściwości materiałów konstrukcyjnych wykorzystywanych do tworzenia struktur energochłonnych.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe kryteria wytrzymałościowe umożliwiające ocenę jakości  projektu struktury energochłonnej.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -980,146 +1050,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe kryteria wytrzymałościowe umożliwiające ocenę jakości  projektu struktury energochłonnej.  </w:t>
+        <w:t xml:space="preserve">Potrafi sformułować stosowne kryteria projektowe dla danego etapu projektowania nadwozia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sformułować stosowne kryteria projektowe dla danego etapu projektowania nadwozia.</w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować realizację obliczeń struktury energochłonnej nadwozia pojazdu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1138,162 +1208,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-ISP-0405_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaplanować realizację obliczeń struktury energochłonnej nadwozia pojazdu</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać parametry struktury energochłonnej nadwozia, spełniające kryteria procesu homologacyjnego pojazdu.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>