--- v0 (2026-01-14)
+++ v1 (2026-02-08)
@@ -863,51 +863,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1163,51 +1163,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywanych zadań w ramach ćwiczeń, ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_K03, KMiBM_K04</w:t>
+        <w:t xml:space="preserve">KMiBM_K04, KMiBM_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>