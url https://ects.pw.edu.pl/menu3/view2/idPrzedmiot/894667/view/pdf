--- v1 (2026-02-08)
+++ v2 (2026-03-21)
@@ -793,421 +793,421 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do zajęć, ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W20, KMiBM_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMRC-ISP-0323_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o rodzajach maszyn budowlanych ich przeznaczeniu, budowie, zasadach działania i trendach rozwojowych. Posiada wiedzę o konstrukcji głównych zespołów maszyn budowlanych oraz posiada wiedzę z podstaw projektowania osprzętu roboczego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBMRC-ISP-0323_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMRC-ISP-0323_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o rodzajach maszyn budowlanych ich przeznaczeniu, budowie, zasadach działania i trendach rozwojowych. Posiada wiedzę o konstrukcji głównych zespołów maszyn budowlanych oraz posiada wiedzę z podstaw projektowania osprzętu roboczego.</w:t>
+        <w:t xml:space="preserve">Potrafi narysować i omówić schematy funkcjonalne maszyn budowlanych. Potrafi scharakteryzować rodzaje i podstawową strukturę układów napędowych maszyn budowlanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Kolokwium, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do zajęć, ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMRC-ISP-0323_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń eksploatacyjnych, niezbędnych do projektowania maszyn budowlanych. Potrafi zaprojektować kinematykę osprzętu maszyn budowlanych, przewidzieć obciążenia konstrukcji, wyznaczyć miejsca krytyczne i sformułować stosowne kryteria projektowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do zajęć, ocena sprawozdania z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMRC-ISP-0323_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie zaplanować eksperyment badawczy i odnieść jego wyniki do teorii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do zajęć, ocena sprawozdania z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBMRC-ISP-0323_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMRC-ISP-0323_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi narysować i omówić schematy funkcjonalne maszyn budowlanych. Potrafi scharakteryzować rodzaje i podstawową strukturę układów napędowych maszyn budowlanych.</w:t>
+        <w:t xml:space="preserve">Umie pracować indywidualnie i w zespole przy prowadzeniu badań i opracowywaniu sprawozdania. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do zajęć, ocena sprawozdania z ćwiczenia lab.</w:t>
+        <w:t xml:space="preserve">Ocena wykonywanych zadań w ramach ćwiczeń, ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_K04, KMiBM_K03</w:t>
+        <w:t xml:space="preserve">KMiBM_K03, KMiBM_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>