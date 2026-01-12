--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -912,271 +912,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W05, KMiBM_W06, KMiBM_W11, KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0318_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady projektowania wałów maszynowych i przekładni.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0318_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0318_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady projektowania wałów maszynowych i przekładni.</w:t>
+        <w:t xml:space="preserve">Zna zasady zapisu konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
+        <w:t xml:space="preserve">KMiBM_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0318_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0318_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady zapisu konstrukcji.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować i zastosować w projektowanym układzie napędowym proste połączenia (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W07</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U08, KMiBM_U03, KMiBM_U04</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>