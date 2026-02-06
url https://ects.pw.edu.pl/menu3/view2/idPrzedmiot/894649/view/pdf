--- v1 (2026-01-12)
+++ v2 (2026-02-06)
@@ -912,51 +912,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W05, KMiBM_W06, KMiBM_W11, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>