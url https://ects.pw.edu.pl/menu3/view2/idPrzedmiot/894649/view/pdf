--- v2 (2026-02-06)
+++ v3 (2026-03-22)
@@ -912,51 +912,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
+        <w:t xml:space="preserve">KMiBM_W11, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>