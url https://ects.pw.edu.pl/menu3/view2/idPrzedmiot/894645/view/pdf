--- v0 (2026-01-15)
+++ v1 (2026-02-05)
@@ -984,271 +984,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie podstawowe zasady wykonywania modeli MES płaskich struktur z karbem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna i rozumie podstawowe zasady wykonywania modeli MES płaskich struktur z karbem.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury prętowej z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury prętowej z wykorzystaniem MES.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury belkowej z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U02, KMiBM_U03, KMiBM_U16, KMiBM_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>