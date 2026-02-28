--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -984,51 +984,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1274,51 +1274,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U01, KMiBM_U02, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>