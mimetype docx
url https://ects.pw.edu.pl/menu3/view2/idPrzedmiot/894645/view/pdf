--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -844,87 +844,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zasady określania i wyznaczania obciążeń i warunków brzegowych elementów maszyn w formie wymaganej przez system MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady określania i wyznaczania obciążeń i warunków brzegowych elementów maszyn w formie wymaganej przez system MES.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe zasady weryfikacji modeli MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -943,58 +1013,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe zasady weryfikacji modeli MES.</w:t>
+        <w:t xml:space="preserve">Student zna i rozumie podstawowe zasady wykonywania modeli MES płaskich struktur z karbem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1005,540 +1075,470 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna i rozumie podstawowe zasady wykonywania modeli MES płaskich struktur z karbem.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury prętowej z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury belkowej z wykorzystaniem MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury powłokowej z wykorzystaniem MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury bryłowej z wykorzystaniem MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę płaskiej struktury z karbem z wykorzystaniem MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury prętowej z wykorzystaniem MES.</w:t>
+        <w:t xml:space="preserve">Rozumie problemy związane z oceną bezpieczeństwa konstrukcji i ma świadomość odpowiedzialności ciążącej na osobie dokonującej analiz wytrzymałościowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych i na podstawie kolokwiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_K01, KMiBM_K02, KMiBM_K03</w:t>
+        <w:t xml:space="preserve">KMiBM_K02, KMiBM_K03, KMiBM_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>