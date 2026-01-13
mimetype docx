--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -864,51 +864,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W20, KMiBM_W19</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1004,411 +1004,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W20, KMiBM_W19, KMiBM_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić charakterystyki komponentów, niezbędne dla analizowanego kryterium projektowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić charakterystyki komponentów, niezbędne dla analizowanego kryterium projektowego.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę i umiejętności dotyczące kryteriów doboru komponentów stosowanych w napędach hydraulicznych i pneumatycznych, wynikających z analizy ich możliwych zastosowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U11, KMiBM_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń eksploatacyjnych i ich efektów, niezbędnych do właściwego doboru komponentów układów hydraulicznych i pneumatycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U11, KMiBM_U15, KMiBM_U18, KMiBM_U01, KMiBM_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę i umiejętności dotyczące kryteriów doboru komponentów stosowanych w napędach hydraulicznych i pneumatycznych, wynikających z analizy ich możliwych zastosowania.</w:t>
+        <w:t xml:space="preserve">Potrafi przewidzieć zagrożenia uszkodzeń układu hydraulicznego, wyznaczyć miejsca krytyczne i sformułować stosowne kryteria naprawcze układu hydraulicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U11, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U18, KMiBM_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń eksploatacyjnych i ich efektów, niezbędnych do właściwego doboru komponentów układów hydraulicznych i pneumatycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia poszczególnych elementów układu hydraulicznego, wymagane dla rozważanego sposobu ich pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U08, KMiBM_U11, KMiBM_U15, KMiBM_U18</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U11, KMiBM_U12</w:t>
+        <w:t xml:space="preserve">KMiBM_U11, KMiBM_U12, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>