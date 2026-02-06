--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -1224,51 +1224,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U11, KMiBM_U15, KMiBM_U18, KMiBM_U01, KMiBM_U08</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U08, KMiBM_U11, KMiBM_U15, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>