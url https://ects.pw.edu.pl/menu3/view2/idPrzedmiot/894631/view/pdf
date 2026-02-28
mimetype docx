--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -1004,51 +1004,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W20, KMiBM_W19, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1154,51 +1154,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U11, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U11, KMiBM_U18, KMiBM_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>