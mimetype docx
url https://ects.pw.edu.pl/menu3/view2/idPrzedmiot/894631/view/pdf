--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -1004,551 +1004,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W20, KMiBM_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić charakterystyki komponentów, niezbędne dla analizowanego kryterium projektowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę i umiejętności dotyczące kryteriów doboru komponentów stosowanych w napędach hydraulicznych i pneumatycznych, wynikających z analizy ich możliwych zastosowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U11, KMiBM_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń eksploatacyjnych i ich efektów, niezbędnych do właściwego doboru komponentów układów hydraulicznych i pneumatycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U08, KMiBM_U11, KMiBM_U15, KMiBM_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przewidzieć zagrożenia uszkodzeń układu hydraulicznego, wyznaczyć miejsca krytyczne i sformułować stosowne kryteria naprawcze układu hydraulicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U18, KMiBM_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia poszczególnych elementów układu hydraulicznego, wymagane dla rozważanego sposobu ich pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U11, KMiBM_U12, KMiBM_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizy wymagane do udowodnienia rozważanych kryteriów projektowych układu hydraulicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U02, KMiBM_U07, KMiBM_U11, KMiBM_U17, KMiBM_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0304_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić charakterystyki komponentów, niezbędne dla analizowanego kryterium projektowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Raport z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
-[...429 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U16, KMiBM_U17</w:t>
+        <w:t xml:space="preserve">KMiBM_U17, KMiBM_U12, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>