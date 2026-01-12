--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -1188,51 +1188,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
+        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1260,51 +1260,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10</w:t>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>