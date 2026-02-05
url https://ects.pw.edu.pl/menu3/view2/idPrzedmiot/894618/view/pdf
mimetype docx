--- v1 (2026-01-12)
+++ v2 (2026-02-05)
@@ -826,51 +826,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1188,51 +1188,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08</w:t>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>