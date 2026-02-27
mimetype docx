--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -1048,191 +1048,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0202_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie analizować zagadnienie skręcania prętów o przekrojach kołowych. . Umie wykonać obliczenia wytrzymałościowe i sztywnościowe  prętów skręcanych o przekrojach kołowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0202_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0202_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie analizować zagadnienie skręcania prętów o przekrojach kołowych. . Umie wykonać obliczenia wytrzymałościowe i sztywnościowe  prętów skręcanych o przekrojach kołowych.</w:t>
+        <w:t xml:space="preserve">Umie wyznaczać siły wewnętrzne, naprężenia w belkach i ramach płaskich - statycznie wyznaczalnych .Potrafi wyznaczyć przemieszczenia w belkach prostych.  Umie wykonać  obliczenia wytrzymałościowe i sztywnościowe  na zginanie takich ustrojów.. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>