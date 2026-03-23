--- v3 (2026-02-27)
+++ v4 (2026-03-23)
@@ -968,51 +968,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1048,51 +1048,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05</w:t>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>