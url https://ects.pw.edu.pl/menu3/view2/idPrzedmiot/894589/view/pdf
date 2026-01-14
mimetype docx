--- v0 (2025-11-03)
+++ v1 (2026-01-14)
@@ -767,51 +767,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W11, K_W12, K_W17, K_W18, K_W19</w:t>
+        <w:t xml:space="preserve">K_W11, K_W12, K_W17, K_W18, K_W19, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1136,51 +1136,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin Raport z wiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U16, K_U24, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U16, K_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>