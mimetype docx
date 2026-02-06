--- v1 (2026-01-14)
+++ v2 (2026-02-06)
@@ -767,51 +767,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W12, K_W17, K_W18, K_W19, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W11, K_W12, K_W17, K_W18, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W08, K_W15</w:t>
+        <w:t xml:space="preserve">K_W15, K_W02, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>