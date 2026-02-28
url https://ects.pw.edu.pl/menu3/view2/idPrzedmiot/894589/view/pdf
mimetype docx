--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W02, K_W08</w:t>
+        <w:t xml:space="preserve">K_W02, K_W08, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -992,51 +992,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U16</w:t>
+        <w:t xml:space="preserve">K_U16, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>