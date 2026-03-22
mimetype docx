--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -767,51 +767,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W11, K_W12, K_W17, K_W18, K_W19</w:t>
+        <w:t xml:space="preserve">K_W19, K_W05, K_W11, K_W12, K_W17, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -992,51 +992,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>