--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -996,51 +996,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U15, K_U16, K_U17, K_U18, K_U20, K_U23, K_U24, K_U10</w:t>
+        <w:t xml:space="preserve">K_U23, K_U24, K_U10, K_U13, K_U15, K_U16, K_U17, K_U18, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1276,51 +1276,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U10, K_U11, K_U12, K_U20, K_U01</w:t>
+        <w:t xml:space="preserve">K_U20, K_U01, K_U02, K_U03, K_U04, K_U10, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>