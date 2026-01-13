--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -996,51 +996,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U23, K_U24, K_U10, K_U13, K_U15, K_U16, K_U17, K_U18, K_U20</w:t>
+        <w:t xml:space="preserve">K_U16, K_U17, K_U18, K_U20, K_U23, K_U24, K_U10, K_U13, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1276,51 +1276,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U20, K_U01, K_U02, K_U03, K_U04, K_U10, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U04, K_U10, K_U11, K_U12, K_U20, K_U01, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>