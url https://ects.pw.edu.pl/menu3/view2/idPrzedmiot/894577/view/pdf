--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -776,51 +776,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W17, K_W18, K_W19, K_W20</w:t>
+        <w:t xml:space="preserve">K_W20, K_W17, K_W18, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -996,51 +996,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U17, K_U18, K_U20, K_U23, K_U24, K_U10, K_U13, K_U15</w:t>
+        <w:t xml:space="preserve">K_U10, K_U13, K_U15, K_U16, K_U17, K_U18, K_U20, K_U23, K_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1206,51 +1206,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U24</w:t>
+        <w:t xml:space="preserve">K_U24, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1276,51 +1276,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U10, K_U11, K_U12, K_U20, K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U10, K_U11, K_U12, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>