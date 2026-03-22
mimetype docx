--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -776,51 +776,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W20, K_W17, K_W18, K_W19</w:t>
+        <w:t xml:space="preserve">K_W17, K_W18, K_W19, K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1206,51 +1206,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U24, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>