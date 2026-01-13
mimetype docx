--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -986,51 +986,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania ze zrealizowanych przykładów obliczeniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U10</w:t>
+        <w:t xml:space="preserve">K_U03, K_U10, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>