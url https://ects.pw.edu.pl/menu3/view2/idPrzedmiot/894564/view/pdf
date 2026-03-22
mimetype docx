--- v1 (2026-01-13)
+++ v2 (2026-03-22)
@@ -836,201 +836,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Realizacja przykładów obliczeniowych i zadań domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W18, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0343_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady tworzenia elementu skończonego, rozumie przejście od sformułowania matematycznego rozwiązywanego zagadnienia do równań MES, zna etapy obliczeniowe MES</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Realizacja przykładów obliczeniowych i zadań domowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0343_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0343_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady tworzenia elementu skończonego, rozumie przejście od sformułowania matematycznego rozwiązywanego zagadnienia do równań MES, zna etapy obliczeniowe MES</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia MES za pomocą programu Ansys Workbench, zinterpretować otrzymane wyniki i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Realizacja przykładów obliczeniowych i zadań domowych</w:t>
+        <w:t xml:space="preserve">Sprawozdania ze zrealizowanych przykładów obliczeniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W18</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_U03, K_U10, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>