--- v0 (2025-11-01)
+++ v1 (2025-12-08)
@@ -763,51 +763,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -914,51 +914,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>