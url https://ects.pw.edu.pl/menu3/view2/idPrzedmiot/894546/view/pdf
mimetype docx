--- v1 (2025-12-08)
+++ v2 (2026-01-14)
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W19, K_W20</w:t>
+        <w:t xml:space="preserve">K_W09, K_W19, K_W20, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -914,51 +914,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>