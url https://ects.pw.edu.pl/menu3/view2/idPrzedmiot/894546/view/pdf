--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W19, K_W20, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W19, K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>