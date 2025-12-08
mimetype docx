--- v0 (2025-10-31)
+++ v1 (2025-12-08)
@@ -875,51 +875,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na egzaminie i kolokwiach w formie odpowiedzi pisemnej 
 Student wykonuje samodzielnie zadania na zajęciach laboratoryjnych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W15, K_W17</w:t>
+        <w:t xml:space="preserve">K_W17, K_W02, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1165,51 +1165,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na egzaminie i kolokwiach w formie odpowiedzi pisemnej. Student wykonuje samodzielnie zadania na zajęciach laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U10, K_U12, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>