--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -875,51 +875,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na egzaminie i kolokwiach w formie odpowiedzi pisemnej 
 Student wykonuje samodzielnie zadania na zajęciach laboratoryjnych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W17, K_W02, K_W15</w:t>
+        <w:t xml:space="preserve">K_W02, K_W15, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>