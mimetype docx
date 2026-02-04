--- v2 (2026-01-13)
+++ v3 (2026-02-04)
@@ -1085,51 +1085,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na egzaminie i kolokwiach w formie odpowiedzi pisemnej w tym odpowiedzi na zadania obliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W15</w:t>
+        <w:t xml:space="preserve">K_W15, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>