--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -839,51 +839,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ocena bieżących postępów na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W17, K_W19, K_W05, K_W08, K_W12</w:t>
+        <w:t xml:space="preserve">K_W05, K_W08, K_W12, K_W17, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ocena bieżących postępów na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W15, K_W17, K_W18</w:t>
+        <w:t xml:space="preserve">K_W18, K_W05, K_W15, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>