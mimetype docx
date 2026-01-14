--- v1 (2025-12-08)
+++ v2 (2026-01-14)
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ocena bieżących postępów na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W18, K_W05, K_W15, K_W17</w:t>
+        <w:t xml:space="preserve">K_W15, K_W17, K_W18, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>