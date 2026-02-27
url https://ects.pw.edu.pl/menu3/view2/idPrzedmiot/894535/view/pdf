--- v2 (2026-01-14)
+++ v3 (2026-02-27)
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ocena bieżących postępów na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W17, K_W18, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W15, K_W17, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1199,51 +1199,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, bieżące postępy na ćwiczeniach, raport z bloku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U23</w:t>
+        <w:t xml:space="preserve">K_U23, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>