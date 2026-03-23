--- v3 (2026-02-27)
+++ v4 (2026-03-23)
@@ -1199,51 +1199,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, bieżące postępy na ćwiczeniach, raport z bloku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U23, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>