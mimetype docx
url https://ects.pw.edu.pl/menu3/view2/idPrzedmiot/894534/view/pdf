--- v1 (2025-12-08)
+++ v2 (2026-01-14)
@@ -964,121 +964,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązywać równania drgań liniowych układów o wielu stopniach swobody i jednowymiarowych układów ciągłych oraz interpretować uzyskane rozwiązania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_W03, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>