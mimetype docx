--- v2 (2026-01-14)
+++ v3 (2026-02-27)
@@ -824,447 +824,587 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany na ćwiczeniach audytoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi budować modele układów drgających na potrzeby sformułowanych zadań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi budować modele układów drgających na potrzeby sformułowanych zadań</w:t>
+        <w:t xml:space="preserve">Student potrafi wyjaśnić zjawiska występujące w drganiach, takie jak rezonans, tłumienie drgań, wzbudzenie siłowe i kinematyczne, wzbudzenie parametryczne i samowzbudzenie oraz rozumie ich znaczenie w technice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązywać równania drgań liniowych układów o wielu stopniach swobody i jednowymiarowych układów ciągłych oraz interpretować uzyskane rozwiązania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyjaśnić zjawiska występujące w drganiach, takie jak rezonans, tłumienie drgań, wzbudzenie siłowe i kinematyczne, wzbudzenie parametryczne i samowzbudzenie oraz rozumie ich znaczenie w technice.</w:t>
+        <w:t xml:space="preserve">Student rozumie istotę nieliniowości układów drgających oraz ich pochodzenie, zna podstawowe właściwości drgań nieliniowych i metody ich analizy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi rozwiązywać równania drgań liniowych układów o wielu stopniach swobody i jednowymiarowych układów ciągłych oraz interpretować uzyskane rozwiązania.</w:t>
+        <w:t xml:space="preserve">Student zna zasadę działania i potrafi dobierać parametry dynamicznego eliminatora drgań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student rozumie istotę nieliniowości układów drgających oraz ich pochodzenie, zna podstawowe właściwości drgań nieliniowych i metody ich analizy.</w:t>
+        <w:t xml:space="preserve">Student potrafi wybrać odpowiedni model układu drgającego i zastosować właściwą metodę rozwiązania postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasadę działania i potrafi dobierać parametry dynamicznego eliminatora drgań.</w:t>
+        <w:t xml:space="preserve">Student potrafi ocenić prawidłowość uzyskanego wyniku pod względem ilościowym i jakościowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wybrać odpowiedni model układu drgającego i zastosować właściwą metodę rozwiązania postawionego zadania.</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczać częstości drgań swobodnych układów liniowych o wielu stopniach swobody bez tłumienia, określać postacie drgań własnych i budować rozwiązanie równań ruchu spełniające dowolne warunki początkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1283,58 +1423,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi ocenić prawidłowość uzyskanego wyniku pod względem ilościowym i jakościowym.</w:t>
+        <w:t xml:space="preserve">Student potrafi wyznaczać amplitudy drgań układów liniowych o wielu stopniach swobody przy wymuszeniach harmonicznych oraz analizować ich krzywe rezonansowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1353,58 +1493,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi obliczać częstości drgań swobodnych układów liniowych o wielu stopniach swobody bez tłumienia, określać postacie drgań własnych i budować rozwiązanie równań ruchu spełniające dowolne warunki początkowe.</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczać częstości drgań własnych, wyznaczać funkcje własne i budować rozwiązanie równania drgań swobodnych struny, pręta, wału i belki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1423,232 +1563,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0213_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyznaczać amplitudy drgań układów liniowych o wielu stopniach swobody przy wymuszeniach harmonicznych oraz analizować ich krzywe rezonansowe.</w:t>
+        <w:t xml:space="preserve">Student potrafi analizować drgania wymuszone strun, prętów, wałów i belek przy wymuszeniu harmonicznym – siłowym i kinematycznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>