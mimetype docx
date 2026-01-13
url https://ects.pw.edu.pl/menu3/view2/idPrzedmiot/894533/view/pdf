--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -1124,51 +1124,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U09, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>