--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1124,261 +1124,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U09, K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) powierzchnie NURBS połączone ze sobą wg: ciągłości geometrii (G0), ciągłości styczności (G1) i ciągłości krzywizny (G2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić analizy technologiczności kształtu brył za pomocą narzędzi w danym systemie 3D CAD i 3D CAM oraz umie opracować program obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) powierzchnie NURBS połączone ze sobą wg: ciągłości geometrii (G0), ciągłości styczności (G1) i ciągłości krzywizny (G2).</w:t>
+        <w:t xml:space="preserve">Student potrafi wygenerować (w danym systemie 3D CAD) z modelu bryłowego poprawny plik STL do drukowania 3D oraz potrafi sprawdzić (w danym systemie 3D CAM) zorientować go tak, aby jak najkrócej był wytwarzany na maszynach prototypujących w technologii FDM oraz aby minimalizować zużycie materiału podporowego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U09</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U09, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>