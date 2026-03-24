--- v3 (2026-02-27)
+++ v4 (2026-03-24)
@@ -1124,51 +1124,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U09, K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1264,51 +1264,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>