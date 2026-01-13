--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -1422,51 +1422,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U24, K_U03, K_U15, K_U17</w:t>
+        <w:t xml:space="preserve">K_U03, K_U15, K_U17, K_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1772,51 +1772,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U09, K_U15</w:t>
+        <w:t xml:space="preserve">K_U09, K_U15, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>