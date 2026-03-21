--- v2 (2026-01-13)
+++ v3 (2026-03-21)
@@ -1702,121 +1702,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U15, K_U03, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-PE000-ISP-0119_U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dokonać doboru obrabiarek, metod odlewania, metod obróbki plastycznej oraz metod spajania w zależności od rodzaju materiału, wymagań dokładnościowych oraz wielkości produkcji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U09, K_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U09, K_U15, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>