--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -908,51 +908,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IS_U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić i przedstawić ocenę techniczna lub technologiczną lub funkcjonalną urządzeń stosowanych w ciepłownictwie i gazownictwie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>