--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -758,51 +758,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IS_W15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie aktualne kierunki rozwoju i modernizacji w zakresie systemów ciepłowniczych związane ze zrównoważonym wykorzystaniem środowiska i walką z zagrożeniami cywilizacyjnymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -908,51 +908,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IS_U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić i przedstawić ocenę techniczna lub technologiczną lub funkcjonalną urządzeń stosowanych w ciepłownictwie i gazownictwie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>