--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -1093,67 +1093,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>