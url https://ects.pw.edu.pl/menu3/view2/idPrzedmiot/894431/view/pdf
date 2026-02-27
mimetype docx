--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -1039,51 +1039,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla inżynierii środowiska. Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>