--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -969,121 +969,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi, przy rozwiązywaniu zadań inżynierskich, dostrzegać ich aspekty praktyczne w obszarze inżynierii sanitarnej i wodnej, potrafi wykonywać zadania  poprzez dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">-</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla inżynierii środowiska. Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>