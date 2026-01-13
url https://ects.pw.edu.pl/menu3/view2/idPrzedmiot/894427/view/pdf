--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -984,51 +984,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzać i przedstawić ocenę techniczną sieci wodociągowej oraz wybranych urządzeń do uzdatniania wody</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1054,51 +1054,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować i ocenić działanie oraz obliczyć parametry eksploatacyjne sieci wodociągowych i wybranych urządzeń do uzdatniania wody</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>