--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -1054,51 +1054,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować i ocenić działanie oraz obliczyć parametry eksploatacyjne sieci wodociągowych i wybranych urządzeń do uzdatniania wody</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1204,51 +1204,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość potrzeby przestrzegania zasad etyki zawodowej, bioetyki i poszanowania prawa w tym praw autorskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>