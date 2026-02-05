--- v2 (2026-01-13)
+++ v3 (2026-02-05)
@@ -1204,51 +1204,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość potrzeby przestrzegania zasad etyki zawodowej, bioetyki i poszanowania prawa w tym praw autorskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>