--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -829,51 +829,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z zakresu właściwości fizycznych, mechanicznych i eksploatacyjnych materiałów stosowanych w instalacjach Wod-Kan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1119,51 +1119,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>