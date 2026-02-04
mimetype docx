--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -829,51 +829,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z zakresu właściwości fizycznych, mechanicznych i eksploatacyjnych materiałów stosowanych w instalacjach Wod-Kan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1049,51 +1049,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w systemach wodociągowych i kanalizacyjnych dla budynków niemieszkalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>