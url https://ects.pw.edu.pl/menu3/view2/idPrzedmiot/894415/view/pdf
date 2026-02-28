--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -1049,51 +1049,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w systemach wodociągowych i kanalizacyjnych dla budynków niemieszkalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1199,51 +1199,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowiedzialności za podejmowane decyzje i realizowane zadania indywidualnie i zespołowo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>