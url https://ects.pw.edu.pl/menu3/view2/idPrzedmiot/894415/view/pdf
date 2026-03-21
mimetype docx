--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -963,67 +963,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty indywidualne i zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować, realizować i eksploatować elementy instalacji wod-kan w budynkach niemieszkalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1199,51 +1199,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowiedzialności za podejmowane decyzje i realizowane zadania indywidualnie i zespołowo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>