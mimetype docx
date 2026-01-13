--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -831,51 +831,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie stosowanych technik pomiaru objętościowego natężenia przepływu cieczy w przewodach i kanałach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1115,67 +1115,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności stałego pogłębiania wiedzy z obszaru praktycznego wykorzystania hydrauliki w zagadnieniach zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>