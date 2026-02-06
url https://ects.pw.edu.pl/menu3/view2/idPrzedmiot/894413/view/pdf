--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -1115,67 +1115,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K01, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności stałego pogłębiania wiedzy z obszaru praktycznego wykorzystania hydrauliki w zagadnieniach zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1185,67 +1185,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K03, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna odpowiedzialność i skutki pracy zespołowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>