--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1185,67 +1185,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K03, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna odpowiedzialność i skutki pracy zespołowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>