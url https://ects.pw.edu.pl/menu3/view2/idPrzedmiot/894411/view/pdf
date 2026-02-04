--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -758,67 +758,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia obejmujące zakres
 wykładów i ćwiczeń, ocena
 zintegrowana - średnia
 arytmetyczna ocen z zaliczenia wykładów i ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W03, IS_W04</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W04, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>