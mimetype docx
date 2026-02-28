--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -758,51 +758,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia obejmujące zakres
 wykładów i ćwiczeń, ocena
 zintegrowana - średnia
 arytmetyczna ocen z zaliczenia wykładów i ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W04, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W01, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>