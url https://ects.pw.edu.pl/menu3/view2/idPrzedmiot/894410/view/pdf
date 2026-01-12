--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -748,87 +748,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W15, IS_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ogólną metodologię wykorzystującą pojęcia systemu i otoczenia ("podejście systemowe") do rozwiązywania złożonych problemów związanych z ochroną środowiska naturalnego i cywilizacyjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne, projekt </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna ogólną metodologię wykorzystującą pojęcia systemu i otoczenia ("podejście systemowe") do rozwiązywania złożonych problemów związanych z ochroną środowiska naturalnego i cywilizacyjnego</w:t>
+        <w:t xml:space="preserve">Zna definicje i podstawowe pojęcia teorii systemów dynamicznych w odniesieniu do systemów inżynierii środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -839,266 +909,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna definicje i podstawowe pojęcia teorii systemów dynamicznych w odniesieniu do systemów inżynierii środowiska</w:t>
+        <w:t xml:space="preserve">Potrafi sformułować istotę problemu środowiskowego - okreslić istotę i skalę problemu, wymienić aktorów i relacje między nimi, podać przyczynę i wskazać sprawcę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sformułować istotę problemu środowiskowego - okreslić istotę i skalę problemu, wymienić aktorów i relacje między nimi, podać przyczynę i wskazać sprawcę</w:t>
+        <w:t xml:space="preserve">Potrafi sformułować kolejne kroki i sposoby rozwiązania problemu środowiskowego wraz z niezbędnymi elementami takimi jak koszty, efektywność, miara ryzyka, efekty uboczne, zasoby, ograniczenia i czynniki przeszkadzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować "podejście systemowe" do wskazanego problemu środowiskowego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>