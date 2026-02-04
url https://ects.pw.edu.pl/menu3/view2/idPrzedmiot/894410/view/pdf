--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -748,67 +748,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna ogólną metodologię wykorzystującą pojęcia systemu i otoczenia ("podejście systemowe") do rozwiązywania złożonych problemów związanych z ochroną środowiska naturalnego i cywilizacyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -984,51 +984,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sformułować kolejne kroki i sposoby rozwiązania problemu środowiskowego wraz z niezbędnymi elementami takimi jak koszty, efektywność, miara ryzyka, efekty uboczne, zasoby, ograniczenia i czynniki przeszkadzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>