--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -818,217 +818,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W15, IS_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna definicje i podstawowe pojęcia teorii systemów dynamicznych w odniesieniu do systemów inżynierii środowiska</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne, projekt </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna definicje i podstawowe pojęcia teorii systemów dynamicznych w odniesieniu do systemów inżynierii środowiska</w:t>
+        <w:t xml:space="preserve">Potrafi sformułować istotę problemu środowiskowego - okreslić istotę i skalę problemu, wymienić aktorów i relacje między nimi, podać przyczynę i wskazać sprawcę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sformułować kolejne kroki i sposoby rozwiązania problemu środowiskowego wraz z niezbędnymi elementami takimi jak koszty, efektywność, miara ryzyka, efekty uboczne, zasoby, ograniczenia i czynniki przeszkadzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>