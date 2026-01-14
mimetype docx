--- v0 (2025-10-29)
+++ v1 (2026-01-14)
@@ -744,67 +744,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium w formie testu na zakończenie wykładu. Aktywna praca na zajęciach, rozwiązywanie zadań domowych, zaliczenie dwóch kolokwiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W17, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W18, IS_W01, IS_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady formułowania zadań optymalizacyjnych w zagadnieniach inżynierskich w gospodarce odpadami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>