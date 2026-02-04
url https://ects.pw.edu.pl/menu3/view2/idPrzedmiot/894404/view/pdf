--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -744,67 +744,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium w formie testu na zakończenie wykładu. Aktywna praca na zajęciach, rozwiązywanie zadań domowych, zaliczenie dwóch kolokwiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18, IS_W01, IS_W17</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady formułowania zadań optymalizacyjnych w zagadnieniach inżynierskich w gospodarce odpadami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>