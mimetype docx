--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -815,67 +815,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja tematu pracy dyplomwej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U11, IS_U13, IS_U15, IS_U03</w:t>
+        <w:t xml:space="preserve">IS_U11, IS_U13, IS_U15, IS_U03, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>