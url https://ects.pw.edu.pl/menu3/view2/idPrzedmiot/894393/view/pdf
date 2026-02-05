--- v1 (2026-01-15)
+++ v2 (2026-02-05)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja tematu pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W07, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W05, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -815,67 +815,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja tematu pracy dyplomwej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U11, IS_U13, IS_U15, IS_U03, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U06, IS_U11, IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>