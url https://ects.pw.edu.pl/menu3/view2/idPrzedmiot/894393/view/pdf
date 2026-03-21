--- v2 (2026-02-05)
+++ v3 (2026-03-21)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja tematu pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W05, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W07, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>