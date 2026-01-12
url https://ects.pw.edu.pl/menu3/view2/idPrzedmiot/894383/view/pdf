--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -1046,51 +1046,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty indywidualne, Prezentacja zespołowa, Obrona lub Kolokwium
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>