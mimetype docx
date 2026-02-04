--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -1046,51 +1046,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty indywidualne, Prezentacja zespołowa, Obrona lub Kolokwium
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1204,51 +1204,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać oraz zaprezentować i obronić przyjętą koncepcję własnego rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>