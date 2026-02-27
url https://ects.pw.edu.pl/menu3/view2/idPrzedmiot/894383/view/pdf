--- v2 (2026-02-04)
+++ v3 (2026-02-27)
@@ -1062,51 +1062,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać wariantowego doboru urządzeń na podstawie analizy porównawczej ich parametrów technicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1204,51 +1204,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać oraz zaprezentować i obronić przyjętą koncepcję własnego rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>