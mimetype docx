--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -749,67 +749,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe z zagadnień teoretycznych. Sprawdzenie i obrona ustna projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W10</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W10, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -830,67 +830,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie i obrona ustna projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U01, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U11, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>