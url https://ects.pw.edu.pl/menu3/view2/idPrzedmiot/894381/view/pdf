--- v1 (2026-01-13)
+++ v2 (2026-02-04)
@@ -749,67 +749,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe z zagadnień teoretycznych. Sprawdzenie i obrona ustna projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W10, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -830,51 +830,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie i obrona ustna projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U11, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U11, IS_U16, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>