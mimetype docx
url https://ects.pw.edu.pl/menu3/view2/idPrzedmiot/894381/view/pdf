--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U11, IS_U16, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>