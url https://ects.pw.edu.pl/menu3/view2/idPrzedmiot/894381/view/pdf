--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -830,67 +830,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie i obrona ustna projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U11, IS_U16, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U01, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>