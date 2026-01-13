--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -838,51 +838,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady zastosowania metody LCA do kompleksowej oceny potencjalnego wpływu na środowisko wybranych produktów i procesów wytwórczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -972,277 +972,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U03, IS_U09</w:t>
+        <w:t xml:space="preserve">IS_U09, IS_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać różne źródła, w tym internetowe bazy danych, w celu pozyskania niezbędnych współczynników, parametrów i wskaźników potrzebnych w ocenie cyklu życia określonego wyrobu lub procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać różne źródła, w tym internetowe bazy danych, w celu pozyskania niezbędnych współczynników, parametrów i wskaźników potrzebnych w ocenie cyklu życia określonego wyrobu lub procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować wybrane programy komputerowe do przeprowadzenia Oceny Cyklu Życia określonego wyrobu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować wybrane programy komputerowe do przeprowadzenia Oceny Cyklu Życia określonego wyrobu.</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować raport z wykonanego zadania oraz potrafi uzasadnić zastosowane metody, porównać otrzymane wyniki i przedstawić wyciągnięte wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U03, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>