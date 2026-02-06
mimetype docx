--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -972,357 +972,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U09, IS_U03</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać różne źródła, w tym internetowe bazy danych, w celu pozyskania niezbędnych współczynników, parametrów i wskaźników potrzebnych w ocenie cyklu życia określonego wyrobu lub procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować wybrane programy komputerowe do przeprowadzenia Oceny Cyklu Życia określonego wyrobu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U03, IS_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować raport z wykonanego zadania oraz potrafi uzasadnić zastosowane metody, porównać otrzymane wyniki i przedstawić wyciągnięte wnioski</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U13, IS_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać różne źródła, w tym internetowe bazy danych, w celu pozyskania niezbędnych współczynników, parametrów i wskaźników potrzebnych w ocenie cyklu życia określonego wyrobu lub procesu.</w:t>
+        <w:t xml:space="preserve">Ma świadomość potencjalnego wpływu wyrobów (towar, usługa, proces) na środowisko w całym okresie życia i potrafi argumentować używając języka zarówno specjalistycznego, jak i niespecjalistycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01</w:t>
+        <w:t xml:space="preserve">IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość potrzeby popularyzowania w środowisku nietechnicznym rozwiązań proekologicznych w zakresie ograniczania wpływu wyrobów na środowisko w całym okresie życia wyrobu "od kołyski aż po grób".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>