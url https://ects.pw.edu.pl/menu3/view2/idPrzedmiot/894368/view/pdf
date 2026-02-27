--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1058,271 +1058,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować wybrane programy komputerowe do przeprowadzenia Oceny Cyklu Życia określonego wyrobu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U03, IS_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować wybrane programy komputerowe do przeprowadzenia Oceny Cyklu Życia określonego wyrobu.</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować raport z wykonanego zadania oraz potrafi uzasadnić zastosowane metody, porównać otrzymane wyniki i przedstawić wyciągnięte wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U03, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować raport z wykonanego zadania oraz potrafi uzasadnić zastosowane metody, porównać otrzymane wyniki i przedstawić wyciągnięte wnioski</w:t>
+        <w:t xml:space="preserve">Ma świadomość potencjalnego wpływu wyrobów (towar, usługa, proces) na środowisko w całym okresie życia i potrafi argumentować używając języka zarówno specjalistycznego, jak i niespecjalistycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość potrzeby popularyzowania w środowisku nietechnicznym rozwiązań proekologicznych w zakresie ograniczania wpływu wyrobów na środowisko w całym okresie życia wyrobu "od kołyski aż po grób".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>