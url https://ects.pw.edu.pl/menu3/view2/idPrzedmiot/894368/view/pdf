--- v3 (2026-02-27)
+++ v4 (2026-03-23)
@@ -751,67 +751,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium na zakończenie wykładów.
 Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W14, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe akty prawne i normatywne dotyczące metodyki LCA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1058,51 +1058,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować wybrane programy komputerowe do przeprowadzenia Oceny Cyklu Życia określonego wyrobu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>