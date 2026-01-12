--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -743,51 +743,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin pisemny
 Ćwiczenia: prace domowe w formie samodzielnych projektów cząstkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W01, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W07, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>