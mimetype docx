--- v2 (2026-02-04)
+++ v3 (2026-02-27)
@@ -896,67 +896,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin pisemny.
 Ćwiczenia: prace domowe w formie samodzielnych projektów cząstkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U15, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UK, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>