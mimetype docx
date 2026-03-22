--- v3 (2026-02-27)
+++ v4 (2026-03-22)
@@ -912,51 +912,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U22, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UK, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>