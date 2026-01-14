--- v0 (2025-10-30)
+++ v1 (2026-01-14)
@@ -858,51 +858,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Formułuje warunki brzegowe i wyznacza linie ugięć belek na sprężystym podłożu Winklera metodą różnic skończonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -929,51 +929,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykorzystuje metodę elementów skończonych do rozwiązania konstrukcji prętowych: kratownic, belek, ram, rusztów i prętów załamanych w planie, wyznaczając siły reakcji, wykresy sił przekrojowych i wykresy przemieszczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>