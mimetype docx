--- v1 (2026-01-14)
+++ v2 (2026-02-05)
@@ -929,51 +929,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykorzystuje metodę elementów skończonych do rozwiązania konstrukcji prętowych: kratownic, belek, ram, rusztów i prętów załamanych w planie, wyznaczając siły reakcji, wykresy sił przekrojowych i wykresy przemieszczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1081,51 +1081,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W zakresie podstawowym student wykorzystuje metody numeryczne do analizy prostych konstrukcji prętowych inżynierii lądowej i wodnej, metodę różnic skończonych i metodę elementów skończonych. Przyswojony zakres wiedzy stanowi podstawę aktywnego uczestnictwa w zajęciach dotyczących zaawansowanych metod numerycznych oraz obsługi pakietów obliczeniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>