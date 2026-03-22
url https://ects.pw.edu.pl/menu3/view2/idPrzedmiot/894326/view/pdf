--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -1065,67 +1065,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium, egzamin
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W zakresie podstawowym student wykorzystuje metody numeryczne do analizy prostych konstrukcji prętowych inżynierii lądowej i wodnej, metodę różnic skończonych i metodę elementów skończonych. Przyswojony zakres wiedzy stanowi podstawę aktywnego uczestnictwa w zajęciach dotyczących zaawansowanych metod numerycznych oraz obsługi pakietów obliczeniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>