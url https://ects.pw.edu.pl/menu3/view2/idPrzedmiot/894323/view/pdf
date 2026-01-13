--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -873,67 +873,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18, IS_W15, IS_W17</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -953,67 +953,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U06, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U11, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi, przy rozwiązywaniu zadań inżynierskich, dostrzegać ich aspekty praktyczne w obszarze inżynierii wodnej, potrafi wykonywać zadania  poprzez dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1023,51 +1023,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U08, IS_U11, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U11, IS_U13, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1173,67 +1173,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K03, IS_K05</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K05, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">krytycznej oceny odbieranych treści i umiejętności jej selekcji, a także do uznawania znaczenia wiedzy w rozwiązywaniu problemów poznawczych i praktycznych oraz zasięgania opinii ekspertów w przypadku trudności z samodzielnym rozwiązywaniem problemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>