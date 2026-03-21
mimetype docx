--- v2 (2026-02-08)
+++ v3 (2026-03-21)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W18, IS_W08, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady prowadzenia działalności zakładu, w którym odbywa praktykę i potrafi samodzielnie rozwiązywać zadania o charakterze praktycznym, w zależności od profilu jednostki, w której odbywa praktykę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -803,437 +803,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W18, IS_W15, IS_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ekonomiczne, prawne i etyczne uwarunkowania działalności inżynierskiej, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W15, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ekonomiczne, prawne i etyczne uwarunkowania działalności inżynierskiej, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki.</w:t>
+        <w:t xml:space="preserve">Zapoznał się metodami rozwiązywania zagadnień o charakterze inżynierskim, z zastosowaniem wiedzy teoretycznej oraz technik i technologii wspomagających realizację zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W17, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U11, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi, przy rozwiązywaniu zadań inżynierskich, dostrzegać ich aspekty praktyczne w obszarze inżynierii wodnej, potrafi wykonywać zadania  poprzez dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U04, IS_U08, IS_U11, IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla inżynierii wodnej. Student ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zapoznał się metodami rozwiązywania zagadnień o charakterze inżynierskim, z zastosowaniem wiedzy teoretycznej oraz technik i technologii wspomagających realizację zadań.</w:t>
+        <w:t xml:space="preserve">myślenia i działania w sposób przedsiębiorczy, zaobserwowany i utrwalony podczas odbywania praktyki w podmiocie prowadzącym działalność z zakresu inżynierii wodnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U11, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K03, IS_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KO, P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">krytycznej oceny odbieranych treści i umiejętności jej selekcji, a także do uznawania znaczenia wiedzy w rozwiązywaniu problemów poznawczych i praktycznych oraz zasięgania opinii ekspertów w przypadku trudności z samodzielnym rozwiązywaniem problemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>