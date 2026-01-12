--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -1088,51 +1088,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Nabyte umiejętności i wiedza są niezbędne do zrozumienia treści przedmiotów realizowanych na studiach magisterskich, takich jak konstrukcje hydrotechniczne, mogą być wykorzystane przy pisaniu pracy magisterskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>