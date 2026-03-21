--- v1 (2026-01-12)
+++ v2 (2026-03-21)
@@ -938,201 +938,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student rozwiązuje zadanie nośności granicznej konstrukcji prętowej metodą stanów granicznych - metodami statyczną i kinematyczną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa, kartkówki i kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student rozwiązuje zadanie nośności granicznej konstrukcji prętowej metodą stanów granicznych - metodami statyczną i kinematyczną.</w:t>
+        <w:t xml:space="preserve">Po zakończonym kursie student posiada znacznie rozszerzony zakres umiejętności niezbędnych do zrozumienia warunków pracy i podstawowych metod obliczania konstrukcji, dla których nie można stosować uproszczonych metod wytrzymałości materiałów, m.in. konstrukcji pracujących w warunkach płaskich stanów naprężenia i odkształcenia, płyt, tarcz i wybranych elementów teorii plastyczności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kartkówki i kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Nabyte umiejętności i wiedza są niezbędne do zrozumienia treści przedmiotów realizowanych na studiach magisterskich, takich jak konstrukcje hydrotechniczne, mogą być wykorzystane przy pisaniu pracy magisterskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>