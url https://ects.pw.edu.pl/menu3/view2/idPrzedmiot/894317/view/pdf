--- v0 (2026-01-13)
+++ v1 (2026-02-05)
@@ -1059,51 +1059,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pomiary i badania terenowe, opracować ich wyniki i zinterpretować w kontekście postawionego problemu	Ćwiczenia projektowe	Ocena nauczyciela na podstawie zachowania studenta w trakcie zajęć terenowych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1130,51 +1130,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować koncepcję rozwiązania problemu, określić parametry rozwiązania i ocenić ich efektywność	Ćwiczenia projektowe	Ocena nauczyciela na podstawie zaangażowania i wkładu merytorycznego  studenta w pracę zespołu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>