--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanego projektu i udział studenta w jego opracowaniu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pomiary i badania terenowe, opracować ich wyniki i zinterpretować w kontekście postawionego problemu	Ćwiczenia projektowe	Ocena nauczyciela na podstawie zachowania studenta w trakcie zajęć terenowych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1130,51 +1130,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować koncepcję rozwiązania problemu, określić parametry rozwiązania i ocenić ich efektywność	Ćwiczenia projektowe	Ocena nauczyciela na podstawie zaangażowania i wkładu merytorycznego  studenta w pracę zespołu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>