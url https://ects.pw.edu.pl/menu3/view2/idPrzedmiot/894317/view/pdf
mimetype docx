--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -1059,51 +1059,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U12, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pomiary i badania terenowe, opracować ich wyniki i zinterpretować w kontekście postawionego problemu	Ćwiczenia projektowe	Ocena nauczyciela na podstawie zachowania studenta w trakcie zajęć terenowych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>