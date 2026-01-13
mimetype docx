--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -843,51 +843,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna schematy technologiczne układów regulacji procesów COW; węzły ciepłownicze centralnego ogrzewania i ciepłej wody użytkowej, obiekty z własnymi źródłami ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1055,71 +1055,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat obliczania elementy nastawczych i wyznaczania charakterystyk dynamicznych wybranych obiektów regulacji, określania parametrów wymaganych do projektowania układów regulacji zapewniających odpowiednie właściwości dynamiczne układów regulacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat obliczania elementy nastawczych i wyznaczania charakterystyk dynamicznych wybranych obiektów regulacji, określania parametrów wymaganych do projektowania układów regulacji zapewniających odpowiednie właściwości dynamiczne układów regulacji.</w:t>
+        <w:t xml:space="preserve">Zna algorytmy regulacji procesów COW, parametry wpływające na przebieg procesu regulacji, komputerowe projektowanie układów sterowania, programowanie sterowników cyfrowych dla potrzeb COW, komputerowe układy sterowania i nadzoru, systemy BMS i BEMS w COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1130,556 +1200,486 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna algorytmy regulacji procesów COW, parametry wpływające na przebieg procesu regulacji, komputerowe projektowanie układów sterowania, programowanie sterowników cyfrowych dla potrzeb COW, komputerowe układy sterowania i nadzoru, systemy BMS i BEMS w COW.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć elementy nastawcze dla zadanych warunków hydraulicznych oraz wyznaczyć charakterystyki statyczne obiekt–nastawnik dla wybranych procesów COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystykę układu regulacji oraz wzmocnienie Określić stabilności, wzmocnienie krytyczne, wpływ zmiennych parametrów cieplnych na stabilność układu - projekt, kolokwium pisemne z całości materiału.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U07, IS_U10, IS_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować zasady projektowania układów regulacji z wykorzystaniem kryteriów jakości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować układ regulacji dla procesów COW; węzły ciepłownicze centralnego ogrzewania i ciepłej wody użytkowej, obiekty z własnymi źródłami ciepła.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć elementy nastawcze dla zadanych warunków hydraulicznych oraz wyznaczyć charakterystyki statyczne obiekt–nastawnik dla wybranych procesów COW.</w:t>
+        <w:t xml:space="preserve">Ma świadomość społecznych konsekwencji wyboru i stosowania rozwiązań układów regulacji na zużycie ciepła oraz jakość procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+        <w:t xml:space="preserve"> Ustna dyskusja przed i po zajęciach laboratoryjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystykę układu regulacji oraz wzmocnienie Określić stabilności, wzmocnienie krytyczne, wpływ zmiennych parametrów cieplnych na stabilność układu - projekt, kolokwium pisemne z całości materiału.</w:t>
+        <w:t xml:space="preserve">Zna odpowiedzialność i skutki pracy zespołowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+        <w:t xml:space="preserve">Wspólny projekt wykonany w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">