--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -843,51 +843,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna schematy technologiczne układów regulacji procesów COW; węzły ciepłownicze centralnego ogrzewania i ciepłej wody użytkowej, obiekty z własnymi źródłami ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -969,307 +969,377 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne.
 Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W14, IS_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady projektowania właściwości statycznych układów regulacji w COW, uproszczone charakterystyki statyczne obiektów cieplnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady projektowania właściwości statycznych układów regulacji w COW, uproszczone charakterystyki statyczne obiektów cieplnych</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat obliczania elementy nastawczych i wyznaczania charakterystyk dynamicznych wybranych obiektów regulacji, określania parametrów wymaganych do projektowania układów regulacji zapewniających odpowiednie właściwości dynamiczne układów regulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat obliczania elementy nastawczych i wyznaczania charakterystyk dynamicznych wybranych obiektów regulacji, określania parametrów wymaganych do projektowania układów regulacji zapewniających odpowiednie właściwości dynamiczne układów regulacji.</w:t>
+        <w:t xml:space="preserve">Zna algorytmy regulacji procesów COW, parametry wpływające na przebieg procesu regulacji, komputerowe projektowanie układów sterowania, programowanie sterowników cyfrowych dla potrzeb COW, komputerowe układy sterowania i nadzoru, systemy BMS i BEMS w COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W14, IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna algorytmy regulacji procesów COW, parametry wpływające na przebieg procesu regulacji, komputerowe projektowanie układów sterowania, programowanie sterowników cyfrowych dla potrzeb COW, komputerowe układy sterowania i nadzoru, systemy BMS i BEMS w COW.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć elementy nastawcze dla zadanych warunków hydraulicznych oraz wyznaczyć charakterystyki statyczne obiekt–nastawnik dla wybranych procesów COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_U10, IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć elementy nastawcze dla zadanych warunków hydraulicznych oraz wyznaczyć charakterystyki statyczne obiekt–nastawnik dla wybranych procesów COW.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystykę układu regulacji oraz wzmocnienie Określić stabilności, wzmocnienie krytyczne, wpływ zmiennych parametrów cieplnych na stabilność układu - projekt, kolokwium pisemne z całości materiału.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1288,248 +1358,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystykę układu regulacji oraz wzmocnienie Określić stabilności, wzmocnienie krytyczne, wpływ zmiennych parametrów cieplnych na stabilność układu - projekt, kolokwium pisemne z całości materiału.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować zasady projektowania układów regulacji z wykorzystaniem kryteriów jakości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować układ regulacji dla procesów COW; węzły ciepłownicze centralnego ogrzewania i ciepłej wody użytkowej, obiekty z własnymi źródłami ciepła.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U07, IS_U10, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>