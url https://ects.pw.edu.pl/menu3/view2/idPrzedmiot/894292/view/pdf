--- v2 (2026-02-08)
+++ v3 (2026-03-21)
@@ -827,51 +827,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne.
 Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W14, IS_W08, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -969,51 +969,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne.
 Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W14, IS_W08</w:t>
+        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1039,87 +1039,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W14, IS_W08, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat obliczania elementy nastawczych i wyznaczania charakterystyk dynamicznych wybranych obiektów regulacji, określania parametrów wymaganych do projektowania układów regulacji zapewniających odpowiednie właściwości dynamiczne układów regulacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat obliczania elementy nastawczych i wyznaczania charakterystyk dynamicznych wybranych obiektów regulacji, określania parametrów wymaganych do projektowania układów regulacji zapewniających odpowiednie właściwości dynamiczne układów regulacji.</w:t>
+        <w:t xml:space="preserve">Zna algorytmy regulacji procesów COW, parametry wpływające na przebieg procesu regulacji, komputerowe projektowanie układów sterowania, programowanie sterowników cyfrowych dla potrzeb COW, komputerowe układy sterowania i nadzoru, systemy BMS i BEMS w COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1130,406 +1200,336 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna algorytmy regulacji procesów COW, parametry wpływające na przebieg procesu regulacji, komputerowe projektowanie układów sterowania, programowanie sterowników cyfrowych dla potrzeb COW, komputerowe układy sterowania i nadzoru, systemy BMS i BEMS w COW.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć elementy nastawcze dla zadanych warunków hydraulicznych oraz wyznaczyć charakterystyki statyczne obiekt–nastawnik dla wybranych procesów COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W14, IS_W08</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć elementy nastawcze dla zadanych warunków hydraulicznych oraz wyznaczyć charakterystyki statyczne obiekt–nastawnik dla wybranych procesów COW.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystykę układu regulacji oraz wzmocnienie Określić stabilności, wzmocnienie krytyczne, wpływ zmiennych parametrów cieplnych na stabilność układu - projekt, kolokwium pisemne z całości materiału.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U10, IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować zasady projektowania układów regulacji z wykorzystaniem kryteriów jakości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystykę układu regulacji oraz wzmocnienie Określić stabilności, wzmocnienie krytyczne, wpływ zmiennych parametrów cieplnych na stabilność układu - projekt, kolokwium pisemne z całości materiału.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować układ regulacji dla procesów COW; węzły ciepłownicze centralnego ogrzewania i ciepłej wody użytkowej, obiekty z własnymi źródłami ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>