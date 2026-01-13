--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -796,51 +796,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu projektowania, budowy i modernizacji instalacji COWiG.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1226,51 +1226,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić prawidłowość działania i obliczyć parametry eksploatacyjne instalacji wentylacji i klimatyzacji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>