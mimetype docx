--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -796,51 +796,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu projektowania, budowy i modernizacji instalacji COWiG.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>