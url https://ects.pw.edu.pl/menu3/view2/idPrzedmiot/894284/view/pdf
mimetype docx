--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -1436,51 +1436,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania i wykonywania badań eksperymentalnych, realizacji prostych zadań badawczych w systemach klimatyzacyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>