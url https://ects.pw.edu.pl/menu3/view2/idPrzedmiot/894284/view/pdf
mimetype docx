--- v3 (2026-02-28)
+++ v4 (2026-03-23)
@@ -1296,191 +1296,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi prowadzić analizę wpływu wybranych parametrów procesu na jego efektywność energetyczną w trakcie eksploatacji systemów klimatyzacyjnych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja podczas realizacji laboratorium – analiza efektywności odzysku ciepła w instalacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prowadzić analizę wpływu wybranych parametrów procesu na jego efektywność energetyczną w trakcie eksploatacji systemów klimatyzacyjnych. </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę techniczno-ekonomiczną układów technologicznych stosowanych w praktyce w zakresie klimatyzacji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja podczas realizacji laboratorium – analiza efektywności odzysku ciepła w instalacji.</w:t>
+        <w:t xml:space="preserve">Weryfikacja podczas ćwiczeń projektowych w postaci realizacji zadania projektowego dotyczącego instalacji sprężonego powietrza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania i wykonywania badań eksperymentalnych, realizacji prostych zadań badawczych w systemach klimatyzacyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>