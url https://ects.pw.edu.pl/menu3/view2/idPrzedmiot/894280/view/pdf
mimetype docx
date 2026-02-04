--- v0 (2025-11-01)
+++ v1 (2026-02-04)
@@ -744,67 +744,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W13, IS_W04, IS_W05, IS_W06, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W05, IS_W06, IS_W07, IS_W11, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada wiedzę potrzebną do inżynierskich obliczeń stanu zanieczyszczenia atmosfery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -814,647 +814,647 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W11, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W13, IS_W03, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę dotyczącą zasad wykonywania dokumentacji o uzyskanie pozwolenia na emisję gazów i pyłów do powietrza z zakładu przemysłowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę dotyczącą zasad wykonywania dokumentacji o uzyskanie pozwolenia na emisję gazów i pyłów do powietrza z zakładu przemysłowego</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U16, IS_U21, IS_U01, IS_U03, IS_U09, IS_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wykonywać inżynierskie obliczenia stanu zanieczyszczenia atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U01, IS_U04, IS_U10, IS_U15, IS_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada umiejętność oceny stanu jakości powietrza i możliwych skutków zanieczyszczenia powietrza</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_U10, IS_U15, IS_U21, IS_U01, IS_U03, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U03, IS_U05, IS_U12, IS_U15, IS_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przygotować dokumentację o wydanie pozwolenia na emisję gazów i pyłów do powietrza</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U15, IS_U20, IS_U21, IS_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętność pracy w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03, IS_K04, IS_K06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma świadomość odpowiedzialności za wykonywane zadania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U03, IS_U09, IS_U12, IS_U16, IS_U21, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_K06, IS_K01, IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO, I.P7S_UK</w:t>
-[...429 lines deleted...]
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi formułować problemy dotyczące przyczyn i skutków zanieczyszczenia powietrza atmosferycznego i konieczności jego ochrony</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>