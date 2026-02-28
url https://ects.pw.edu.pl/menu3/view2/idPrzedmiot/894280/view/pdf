--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -744,717 +744,717 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W05, IS_W06, IS_W07, IS_W11, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W13, IS_W04, IS_W05, IS_W06, IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę potrzebną do inżynierskich obliczeń stanu zanieczyszczenia atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W11, IS_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę potrzebną do inżynierskich obliczeń stanu zanieczyszczenia atmosfery</w:t>
+        <w:t xml:space="preserve">Student posiada wiedzę dotyczącą zasad wykonywania dokumentacji o uzyskanie pozwolenia na emisję gazów i pyłów do powietrza z zakładu przemysłowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W13, IS_W03, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, III.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę dotyczącą zasad wykonywania dokumentacji o uzyskanie pozwolenia na emisję gazów i pyłów do powietrza z zakładu przemysłowego</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U09, IS_U12, IS_U16, IS_U21, IS_U01, IS_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wykonywać inżynierskie obliczenia stanu zanieczyszczenia atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U01, IS_U04, IS_U10, IS_U15, IS_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada umiejętność oceny stanu jakości powietrza i możliwych skutków zanieczyszczenia powietrza</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U03, IS_U05, IS_U10, IS_U15, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U15, IS_U21, IS_U03, IS_U05, IS_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przygotować dokumentację o wydanie pozwolenia na emisję gazów i pyłów do powietrza</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U03, IS_U05, IS_U15, IS_U20, IS_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętność pracy w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_K06, IS_K01, IS_K02, IS_K03, IS_K04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KO, P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma świadomość odpowiedzialności za wykonywane zadania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U21, IS_U01, IS_U03, IS_U09, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o, I.P7S_UO</w:t>
-[...358 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KO, P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi formułować problemy dotyczące przyczyn i skutków zanieczyszczenia powietrza atmosferycznego i konieczności jego ochrony</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>