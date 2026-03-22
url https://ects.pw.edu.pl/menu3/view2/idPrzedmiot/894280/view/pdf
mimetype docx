--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -744,67 +744,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W13, IS_W04, IS_W05, IS_W06, IS_W07, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W05, IS_W06, IS_W07, IS_W11, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada wiedzę potrzebną do inżynierskich obliczeń stanu zanieczyszczenia atmosfery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -884,67 +884,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W13, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -964,67 +964,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U09, IS_U12, IS_U16, IS_U21, IS_U01, IS_U03</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U03, IS_U09, IS_U12, IS_U16, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykonywać inżynierskie obliczenia stanu zanieczyszczenia atmosfery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1034,357 +1034,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U04, IS_U10, IS_U15, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U10, IS_U15, IS_U21, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada umiejętność oceny stanu jakości powietrza i możliwych skutków zanieczyszczenia powietrza</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U21, IS_U01, IS_U03, IS_U05, IS_U10, IS_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U03, IS_U05, IS_U12, IS_U15, IS_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada umiejętność oceny stanu jakości powietrza i możliwych skutków zanieczyszczenia powietrza</w:t>
+        <w:t xml:space="preserve">Student potrafi przygotować dokumentację o wydanie pozwolenia na emisję gazów i pyłów do powietrza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U03, IS_U05, IS_U10, IS_U15, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U03, IS_U05, IS_U15, IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętność pracy w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U21, IS_U03, IS_U05, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03, IS_K04, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KO, P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma świadomość odpowiedzialności za wykonywane zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>