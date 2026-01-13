--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który osiągnął cele kursu, będzie potrafił: omówić mechanizmy przenoszenia ciepła w elementach budynków w stanach nieustalonej wymiany ciepła, które są istotne dla analizy zapotrzebowania na energię: metody rozwiązywania pola temperatury w stanie nieustalonym, funkcje odpowiedzi przegrody na impuls temperatury po stronie wewnętrznej i zewnętrznej przegrody budowlanej, przeprowadzić analizę rocznego zapotrzebowania na energię za pomocą uproszczonych modeli skupionych pojemności i oporów cieplnych budynku, wyznaczyć zmienne w czasie zyski ciepła od promieniowania słonecznego dla dowolnego elementu przezroczystego i nieprzezroczystego budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W03, IS_W04, IS_W09, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W09, IS_W19, IS_W01, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W związku z tym, że fizyka budynków jest podstawowym kursem w inżynierii systemów ogrzewania, wentylacji, chłodzenia i klimatyzacji budynków, w przedmiocie kładzie nacisk na umiejętności i prowadzące do realizacji celu edukacyjnego, którym jest umiejętność  projektowania systemów i instalacji wewnętrznych budynków i rozwiązywanie problemów przepływów energii i masy w budynkach, w tym w stanach nieustalonych, przy użyciu zasad matematycznych, naukowych i inżynierskich i narzędzi obliczeniowych. Wprowadzono intuicyjną, systematyczną technikę rozwiązywania zaawansowanych problemów wymiany ciepła w budynkach, która może być stosowana w rozwiązywaniu złożonych problemów inżynierskich takich jak wyznaczanie rocznego zapotrzebowania na energie w budynkach mieszkalnych i użyteczności publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U01, IS_U02</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>