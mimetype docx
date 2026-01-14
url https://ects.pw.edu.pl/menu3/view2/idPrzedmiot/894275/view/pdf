--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który osiągnął cele kursu, będzie potrafił: omówić mechanizmy przenoszenia ciepła w elementach budynków w stanach nieustalonej wymiany ciepła, które są istotne dla analizy zapotrzebowania na energię: metody rozwiązywania pola temperatury w stanie nieustalonym, funkcje odpowiedzi przegrody na impuls temperatury po stronie wewnętrznej i zewnętrznej przegrody budowlanej, przeprowadzić analizę rocznego zapotrzebowania na energię za pomocą uproszczonych modeli skupionych pojemności i oporów cieplnych budynku, wyznaczyć zmienne w czasie zyski ciepła od promieniowania słonecznego dla dowolnego elementu przezroczystego i nieprzezroczystego budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W09, IS_W19, IS_W01, IS_W03</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W19, IS_W01, IS_W03, IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>