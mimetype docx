--- v2 (2026-01-14)
+++ v3 (2026-02-06)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który osiągnął cele kursu, będzie potrafił: omówić mechanizmy przenoszenia ciepła w elementach budynków w stanach nieustalonej wymiany ciepła, które są istotne dla analizy zapotrzebowania na energię: metody rozwiązywania pola temperatury w stanie nieustalonym, funkcje odpowiedzi przegrody na impuls temperatury po stronie wewnętrznej i zewnętrznej przegrody budowlanej, przeprowadzić analizę rocznego zapotrzebowania na energię za pomocą uproszczonych modeli skupionych pojemności i oporów cieplnych budynku, wyznaczyć zmienne w czasie zyski ciepła od promieniowania słonecznego dla dowolnego elementu przezroczystego i nieprzezroczystego budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W19, IS_W01, IS_W03, IS_W04</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W03, IS_W04, IS_W09, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -838,51 +838,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W związku z tym, że fizyka budynków jest podstawowym kursem w inżynierii systemów ogrzewania, wentylacji, chłodzenia i klimatyzacji budynków, w przedmiocie kładzie nacisk na umiejętności i prowadzące do realizacji celu edukacyjnego, którym jest umiejętność  projektowania systemów i instalacji wewnętrznych budynków i rozwiązywanie problemów przepływów energii i masy w budynkach, w tym w stanach nieustalonych, przy użyciu zasad matematycznych, naukowych i inżynierskich i narzędzi obliczeniowych. Wprowadzono intuicyjną, systematyczną technikę rozwiązywania zaawansowanych problemów wymiany ciepła w budynkach, która może być stosowana w rozwiązywaniu złożonych problemów inżynierskich takich jak wyznaczanie rocznego zapotrzebowania na energie w budynkach mieszkalnych i użyteczności publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U04, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>