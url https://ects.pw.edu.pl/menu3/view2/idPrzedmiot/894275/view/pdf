--- v3 (2026-02-06)
+++ v4 (2026-02-28)
@@ -838,51 +838,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W związku z tym, że fizyka budynków jest podstawowym kursem w inżynierii systemów ogrzewania, wentylacji, chłodzenia i klimatyzacji budynków, w przedmiocie kładzie nacisk na umiejętności i prowadzące do realizacji celu edukacyjnego, którym jest umiejętność  projektowania systemów i instalacji wewnętrznych budynków i rozwiązywanie problemów przepływów energii i masy w budynkach, w tym w stanach nieustalonych, przy użyciu zasad matematycznych, naukowych i inżynierskich i narzędzi obliczeniowych. Wprowadzono intuicyjną, systematyczną technikę rozwiązywania zaawansowanych problemów wymiany ciepła w budynkach, która może być stosowana w rozwiązywaniu złożonych problemów inżynierskich takich jak wyznaczanie rocznego zapotrzebowania na energie w budynkach mieszkalnych i użyteczności publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U04, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>