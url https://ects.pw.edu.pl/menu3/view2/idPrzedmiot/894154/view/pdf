--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -822,67 +822,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W09 </w:t>
+        <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada wiedzę, pozwalającą na samodzielne zaplanowanie zakresu systemu ochrony środowiska dla przedsięwzięcia z zakresu biogospodarki w jednostkach samorządu terytorialnego lub w podmiotach gospodarczych oraz w oparciu o posiadaną wiedzę oraz informacje literaturowe i zdobyte we własnym zakresie informacje z JST lub podmiotów gospodarczych zaproponować, w ramach pracy grupowej, sposób funkcjonowania takiego systemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U10 , B2_U11 , B2_U13 </w:t>
+        <w:t xml:space="preserve">B2_U13 , B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności pozwalające na samodzielne zaplanowanie systemu ochrony środowiska w jednostce samorządu terytorialnego lub w podmiocie gospodarczym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>