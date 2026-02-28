--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U13 , B2_U10 , B2_U11 </w:t>
+        <w:t xml:space="preserve">B2_U10 , B2_U11 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności pozwalające na samodzielne zaplanowanie systemu ochrony środowiska w jednostce samorządu terytorialnego lub w podmiocie gospodarczym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>